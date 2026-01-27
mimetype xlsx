--- v0 (2025-10-30)
+++ v1 (2026-01-27)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="704" uniqueCount="326">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="854" uniqueCount="390">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -120,50 +120,77 @@
   <si>
     <t>Bloco Oposição PT</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/proposta_de_emenda_ao_projeto_de_lei_no14.docx</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA AO PROJETO DE LEI Nº014/2025</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Comissões Permanentes - CP</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/05._proposta_de_emenda_ao_projeto_de_lei_no22.docx</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA AO PROJETO DE LEI Nº22/2025</t>
   </si>
   <si>
+    <t>1406</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/06._proposta_de_emenda_ao_projeto_de_lei_complementar_no07.docx</t>
+  </si>
+  <si>
+    <t>PROPOSTA DE EMENDA AO PROJETO DE LEI COMPLEMENTAR Nº07/2025</t>
+  </si>
+  <si>
+    <t>1415</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>NILO JOSÉ PREVEDELLO</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/07._proposta_de_emenda_ao_projeto_de_lei__no25.docx</t>
+  </si>
+  <si>
+    <t>PROPOSTA DE EMENDA AO PROJETO DE LEI Nº25/2025</t>
+  </si>
+  <si>
     <t>1375</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>EMENDA A LEI ORGÂNICA</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1375/01._proposta_de_emenda_a_lei_organica.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI ORGÂNICA DO MUNICÍPIO DE ANCHIETA/SC QUE DISPÕE SOBRE TRANSIÇÃO ADMINISTRATIVA, HORÁRIO DA POSSE DE VEREADORES, E INSTITUI O SISTEMA DE EMENDAS IMPOSITIVAS NO ORÇAMENTO MUNICIPAL.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
@@ -201,66 +228,60 @@
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/indicacao_no04_plantio_de_flores.docx</t>
   </si>
   <si>
     <t>MANUTENÇÃO E PLANTIO DE FLORES NO BAIRRO CANTÚ E TREVO PRINCIPAL DA CIDADE.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>PAULO CESAR SARTORI</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no05_brucelose_e_tuberculose_1.docx</t>
   </si>
   <si>
     <t>CRIAÇÃO DE LEI DE INCENTIVO AO CONTROLE E ERRADICAÇÃO DE BRUCELOSE E TUBERCULOSE BOVINA NO MUNICÍPIO DE ANCHIETA-SC.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>Bancada da Situação</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no06_asfaltamento_rui_barbosa_2.docx</t>
   </si>
   <si>
     <t>SOLICITA A EXECUÇÃO DE PROJETO DE ASFALTAMENTO NA RUA RUI BARBOSA, NO MUNICÍPIO DE ANCHIETA – SC.</t>
   </si>
   <si>
     <t>1347</t>
-  </si>
-[...1 lines deleted...]
-    <t>7</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_no07_uniformes.docx</t>
   </si>
   <si>
     <t>SOLICITA A CONFECÇÃO E O FORNECIMENTO DE UNIFORMES ESPORTIVOS PARA OS ATLETAS QUE REPRESENTAM O MUNICÍPIO DE ANCHIETA – SC EM CAMPEONATOS, TORNEIOS E DEMAIS COMPETIÇÕES.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao_no08_lombada_e_rotatoria.docx</t>
   </si>
   <si>
     <t>SEJA CONSTRUÍDA LOMBADA NA RUA MATO GROSSO, NA DESCIDA DO TREVO DE ACESSO E ROTATÓRIA NA CONVERGÊNCIA ENTRE A RUA MATO GROSSO E AVENIDA BRASIL.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>9</t>
   </si>
@@ -305,50 +326,65 @@
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_no12_refugio_e_abrigo.docx</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM ABRIGO DE PASSAGEIROS E A IMPLANTAÇÃO DE UM REFÚGIO PARA PEDESTRES EM FRENTE À EMPRESA FAMA, NA RUA PROFESSOR VALDIR ROBERTO SCHOLTZE.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_n13_lombada_xavantes.docx</t>
   </si>
   <si>
     <t>SEJA CONSTRUÍDA LOMBADA NA RUA ERNESTO MOSCON – LOCALIZADA NO BAIRRO XAVANTES</t>
   </si>
   <si>
+    <t>1428</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Bancada do MDB</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_n14_academias_ao_ar_livre.docx</t>
+  </si>
+  <si>
+    <t>SEJA PROVIDENCIADA A CONSTRUÇÃO DOS LOCAIS DE INSTALAÇÃO DAS ACADEMIAS AO AR LIVRE DESTINADAS ÀS COMUNIDADES DO INTERIOR, VINCULADAS AO PROJETO “MOVIMENTA IDOSO: ATIVIDADE FÍSICA E CONVIVÊNCIA PARA OS IDOSOS DAS COMUNIDADES DO INTERIOR”</t>
+  </si>
+  <si>
     <t>1315</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/mocao_apelo_no01.docx</t>
   </si>
   <si>
     <t>QUE SEJA FEITO MELHORIAS NAS REDES ELÉTRICAS DO MUNICÍPIO DE ANCHIETA.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1329/mocao_de_aplauso_no02_idosos.docx</t>
   </si>
   <si>
     <t>HOMENAGEM AOS IDOSOS DE ANCHIETA PELA PARTICIPAÇÃO E PELA CONQUISTA DO 1º LUGAR NA 16ª EDIÇÃO DA ETAPA ESTADUAL DOS JOGOS ABERTOS DA TERCEIRA IDADE - JASTI NO MUNICÍPIO DE SÃO BENTO DO SUL-SC.</t>
   </si>
   <si>
     <t>1332</t>
@@ -437,57 +473,102 @@
   <si>
     <t>PARA QUE NÃO SEJA REDUZIDO O PREÇO DO LITRO DE LEITE PAGO AOS PRODUTORES RURAIS, BEM COMO SEJA LIMITADA A IMPORTAÇÃO DE LEITE E DERIVADOS QUE COMPROMETE A COMPETITIVIDADE E A SUSTENTABILIDADE DA PRODUÇÃO REGIONAL E NACIONAL.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/mocao_de_aplausos_no12_caravelhos.docx</t>
   </si>
   <si>
     <t>APLAUSOS À ASSOCIAÇÃO OS CARAVELHOS PELA REPRESENTATIVIDADE DE ANCHIETA NA HOMENAGEM AO ANTIGOMOBILISMO EM SANTA CATARINA.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/mocao_de_apoio_no13_convocacao_de_suplentes.docx</t>
   </si>
   <si>
     <t>MANIFESTA APOIO À PROPOSTA DE EMENDA À CONSTITUIÇÃO SUGERIDA PELA UVESC - FEDERAÇÃO DAS CÂMARAS DE VEREADORES DE SANTA CATARINA QUE VISA DELEGAR AOS ESTADOS, AO DISTRITO FEDERAL E AOS MUNICÍPIOS A COMPETÊNCIA PARA LEGISLAR SOBRE O PRAZO DE LICENÇA DE SEUS RESPECTIVOS PARLAMENTARES PARA FINS DE CONVOCAÇÃO DE SUPLENTE.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>14</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/mocao_de_apelo_no_14.docx</t>
   </si>
   <si>
     <t>APELA PELA OFERTA DE ALMOÇO PARA AS TURMAS DO ENSINO IN-TEGRAL DA CRECHE PRÓ-INFÂNCIA, DA ESCOLA XAVANTES E NO SERVIÇO DE CONVIVÊNCIA E FORTALECIMENTO DE VÍNCULOS – SCFV, PARA TODAS AS CRIANÇAS QUE FREQUENTAM.</t>
+  </si>
+  <si>
+    <t>1420</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/mocao_de_aplausos_no_15_amor_a_vida_4.docx</t>
+  </si>
+  <si>
+    <t>HOMENAGEM À ASSOCIAÇÃO AMOR À VIDA PELO INCENTIVO À DOAÇÃO DE SANGUE NO MUNICÍPIO DE ANCHIETA – SC</t>
+  </si>
+  <si>
+    <t>1425</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_de_aplausos_no16_chape.docx</t>
+  </si>
+  <si>
+    <t>RECONHECIMENTO AO ACESSO DA CHAPECOENSE À SÉRIE A DO BRASILEIRÃO</t>
+  </si>
+  <si>
+    <t>1426</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/mocao_de_apoio_no17_implantacao_de_hospital_universitario.docx</t>
+  </si>
+  <si>
+    <t>APOIA A IMPLANTAÇÃO DO HOSPITAL UNIVERSITÁRIO DA UNIVERSIDADE FEDERAL DA FRONTEIRA SUL (UFFS) EM CHAPECÓ.</t>
+  </si>
+  <si>
+    <t>1431</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/mocao_de_aplausos_no_18_delmira.docx</t>
+  </si>
+  <si>
+    <t>HOMENAGEM A DELMIRA MARIA VALMORBIDA PELOS RELEVANTES SERVIÇOS À CASA DE APOIO DA ASSOCIAÇÃO DE AMIGOS OESTINOS EM FLORIANÓPOLIS</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>Departamento Jurídico - DJ</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/parecer_juridico_ao_projeto_de_lei_no09.pdf</t>
   </si>
   <si>
     <t>DISPÕEM SOBRE A DESTINAÇÃO E O RECEBIMENTO DE PATROCÍNIO PELO MUNICÍPIO DE ANCHIETA/SC._x000D_
 NOVO MARCO JURÍDICO._x000D_
 COMPETÊNCIA LOCAL PLENA._x000D_
 LEGAL E CONSTITUCIONAL QUANTO A DE REDAÇÃO. _x000D_
 LEI COMPLEMENTAR Nº95/1998 E LEI COMPLEMENTAR ESTADUAL Nº589/2013.</t>
   </si>
   <si>
     <t>1365</t>
@@ -537,50 +618,68 @@
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1318/decreto_legislativo_no04_renumerar_e_republicar_emendas.docx</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO RENUMERAR E REPUBLICAR EMENDAS À LEI ORGÂNICA PARA PRESERVAR A ORDEM NUMÉRICA.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/decreto_legislativo_no05__titulo_de_cidadao_honorario.docx</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO CIDADÃO HONORÁRIO ANCHIETENSE AO MÉDICO DR. JUAREZ DE OLIVEIRA PINTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/decreto_legislativo_no06_titulo_cidadao_honorario.docx</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO CIDADÃO HONORÁRIO ANCHIETENSE AO MÉDICO DR. LEONEL FLORESBELO DIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1429</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/decreto_legislativo_no07_renumerar_e_republicar_emendas_a_lei_organica.docx</t>
+  </si>
+  <si>
+    <t>RENUMERAR E REPUBLICAR EMENDAS À LEI ORGÂNICA JÁ PROMULGADAS PARA PRESERVAR A ORDEM NUMÉRICA.</t>
+  </si>
+  <si>
+    <t>1430</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/decreto_legislativo_no08_titulo_cidadao_honorario.docx</t>
+  </si>
+  <si>
+    <t>CONCEDE TÍTULO CIDADÃO HONORÁRIO ANCHIETENSE AO DEPUTADO ESTADUAL MAURO DE NADAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>1290</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/resolucao__no01_comissoes_2025.docx</t>
   </si>
   <si>
     <t>NOMEIA COMISSÕES PERMANENTES PARA O ANO DE 2025 DA CÂMARA MUNICIPAL DE VEREADORES DE ANCHIETA, ESTADO DE SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/resolucao__no_02_transferencia_de_bens.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFERÊNCIA DE BENS MÓVEIS AO PATRIMÔNIO DO PODER EXECUTIVO, POR PERDA DA FUNCIONALIDADE, NA CÂMARA MUNICIPAL DE ANCHIETA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1306</t>
@@ -666,50 +765,74 @@
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/06._complementar_isencao_contribuicao_de_melhoria.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ISENÇÃO DE CONTRIBUIÇÃO DE MELHORIA AOS PROPRIETÁRIOS, TITULARES DO DOMÍNIO ÚTIL OU POSSUIDORES, A QUALQUER TÍTULO, DOS BENS IMÓVEIS BENEFICIADOS PELA REALIZAÇÃO DE PAVIMENTAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/07._refis_2025.docx</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL – REFIS NO MUNICÍPIO DE ANCHIETA – SC, DESTINADO À REGULARIZAÇÃO DE CRÉDITOS TRIBUTÁRIOS E NÃO TRIBUTÁRIOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/08._alteracao_area_urbana_matricula_8.1785.docx</t>
   </si>
   <si>
     <t>DECLARA COMO ÁREA DE EXPANSÃO URBANA E INCLUI COMO PERÍMETRO URBANO DO MUNICÍPIO DE ANCHIETA/SC O IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1411</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/09._projeto_de_lei_educacao.doc</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O SISTEMA MUNICIPAL DE ENSINO DE ANCHIETA - SC E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1416</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/10._projeto_de_lei_educacao.doc</t>
+  </si>
+  <si>
+    <t>1424</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/11._projeto_de_lei_complementar_refis_novo.docx</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL – REFIS NO MUNICÍPIO DE ANCHIETA/SC, DESTINADO À REGULARIZAÇÃO DE CRÉDITOS TRIBUTÁRIOS E NÃO TRIBUTÁRIOS, REVOGA LEI ANTERIOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>1289</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO LEI LEGISLATIVO</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/projeto_de_lei_do_legislativo_n01_reajuste_dos_servidores.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REPOSIÇÃO SALARIAL E A REVISÃO GERAL ANUAL DO VENCIMENTO DOS SERVIDORES PÚBLICOS DA CÂMARA DE VEREADORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/projeto_de_lei_do_legislativo_no02_documentoss.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ELIMINAÇÃO DE DOCUMENTOS FÍSICOS ARQUIVADOS NAS DEPENDÊNCIAS DA CÂMARA DE VEREADORES, POR INCINERAÇÃO, MECÂNICA OU OUTRO PROCESSO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1294</t>
@@ -858,138 +981,207 @@
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/12._temo_de_fomento_casa_familiar_rural_guaraciaba.docx</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/13._criacao_do_fundo_do_idoso.docx</t>
   </si>
   <si>
     <t>INSTITUÍ O FUNDO MUNICIPAL DO IDOSO DE ANCHIETA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/14._doacao_terezinha_carteri.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ANCHIETA – SC A RECEBER, EM DOAÇÃO, IMÓVEL DE PROPRIEDADE PARTICULAR CONDENADO PELA DEFESA CIVIL PARA FINS DE UTILIZAÇÃO PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>15</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/15._projeto_de_lei_doacao_linha_sao_paulo..doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ANCHIETA – SC A RECEBER EM DOAÇÃO, COM ENCARGO, IMÓVEL DE PARTICULAR PARA FINS DE EXECUÇÃO DE OBRA PÚBLICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>16</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/16._melhoramento_genetico_agricultura.doc</t>
   </si>
   <si>
     <t>INSTITUI INCENTIVOS AGROPECUÁRIOS VOLTADOS AO MELHORAMENTO GENÉTICO BOVINO NO MUNICÍPIO DE ANCHIETA (SC), ALTERA AS LEIS MUNICIPAIS Nº 2.544/2021 E Nº 2.698/2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>17</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/17._tratamento_de_dejetos.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ANCHIETA/SC A FIRMAR CONVÊNIO COM O MUNICÍPIO DE PALMA SOLA – SC VISANDO O TRATAMENTO DE ESGOTO SANITÁRIO DOMÉSTICO ATRAVÉS DO USO DA UNIDADE DE TRATAMENTO DE ESGOTO POR ELETROFLOTAÇÃO E COMPOSTAGEM MECANIZADA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>18</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/18._ppa_2026_-_2029.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE ANCHIETA PARA O QUADRIÊNIO 2026/2029 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/19._balanca_bovina.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CEDER BENS À ORGANIZAÇÃO DA SOCIEDADE CIVIL, PARA FOMENTO DA AGRICULTURA FAMILIAR E DA ATIVIDADE DE PEQUENOS AGRICULTORES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/20._readequacao_orcamentaria_da_camara.doc</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/21._ldo_2026.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO DE ANCHIETA PARA O EXERCÍCIO DE 2026.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/22._repasse_cmeif.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR REPASSE DE RECURSOS FINANCEIROS PARA ORGANIZAÇÃO DA SOCIEDADE CIVIL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1407</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/23._projeto_de_lei_loa.2026.doc</t>
+  </si>
+  <si>
+    <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ANCHIETA PARA O EXERCÍCIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1413</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/24._projeto_de_lei_educacao.doc</t>
+  </si>
+  <si>
+    <t>1412</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/25._projeto_de__lei_grac.2025.doc</t>
+  </si>
+  <si>
+    <t>CRIA O GRUPO INTEGRADO DE AÇÕES COORDENADAS – GRAC, NO MUNICÍPIO DE ANCHIETA/SC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1417</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/26._projeto_de__lei_alteracao_orcamentaria.doc</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL REDUZIR SALDOS DE DOTAÇÕES ORÇAMENTÁRIAS NO ORÇAMENTO VIGENTE E SUPLEMENTAR DOTAÇÕES COM SALDOS INSUFICIENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1418</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/27._lei_sistema_municpal_de_protecao_da_defesa_civil.docx</t>
+  </si>
+  <si>
+    <t>CRIA O SISTEMA MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (SIMPDEC), A COORDENADORIA MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (COMPDEC), O GRUPO INTEGRADO DE AÇÕES COORDENADAS DE DEFESA CIVIL (GRAC) O CONSELHO MUNICIPAL DE PROTEÇÃO DEFESA CIVIL (CMPDC) E O FUNDO MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (FUMPDEC), NO MUNICÍPIO DE ANCHIETA/SC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1422</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/28._altera_artigos_lei_1.791.2025.doc</t>
+  </si>
+  <si>
+    <t>ALTERA O INCISO II, ALÍNEA “B” E ALÍNEA “D” DO ART. 6º DA LEI MUNICIPAL Nº 1.791/10, QUE DISPÕE SOBRE A POLÍTICA MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1427</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/29._criacao_do_fumtur.doc</t>
+  </si>
+  <si>
+    <t>INSTITUI O FUNDO MUNICIPAL DE TURISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>PRELO</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/01._proposta_de_emenda_a_lei_organica.docx</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/requerimento_no01_terreno_habitacao.docx</t>
   </si>
@@ -1356,56 +1548,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/emenda_modificativa_do_projeto_de_lei_no04.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/emenda_modificativa_projeto_de_lei_complementar_no01.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1355/emenda.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/proposta_de_emenda_ao_projeto_de_lei_no14.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/05._proposta_de_emenda_ao_projeto_de_lei_no22.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1375/01._proposta_de_emenda_a_lei_organica.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/indicacao_no01_georreferenciamento.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_no02_melhoria_rede_eletrica_e_iluminacao.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/indicacao_no03_cemiterio.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/indicacao_no04_plantio_de_flores.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no05_brucelose_e_tuberculose_1.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no06_asfaltamento_rui_barbosa_2.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_no07_uniformes.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao_no08_lombada_e_rotatoria.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1367/indicacao_no09.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_no10_poda_de_galhos.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_n11_abrigo_de_passageiros.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_no12_refugio_e_abrigo.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_n13_lombada_xavantes.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/mocao_apelo_no01.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1329/mocao_de_aplauso_no02_idosos.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1332/mocao_apelo_no03_casan.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1345/mocao_de_apelo_no04_trevo_sc.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/mocao_de_condolencias_no_05.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1357/mocao_apelo_no06_implantar_campus_da_uffs_no_extremo_oeste.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/mocao_de_apelo_no07_policia_militar.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/mocao_de_apelo_no08_policia_militar.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/mocao_de_aplausos_no09_projeto_catarinas_intinerantes.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/mocao_de_apelo_no10_pet-scan.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/mocao_de_apelo_no11_preco_do_leite.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/mocao_de_aplausos_no12_caravelhos.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/mocao_de_apoio_no13_convocacao_de_suplentes.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/mocao_de_apelo_no_14.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/parecer_juridico_ao_projeto_de_lei_no09.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/parecer_juridico_ao_projeto_de_lei_do_legislativo_no06.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1288/projeto_de_decreto_legislativo_n01_renumeracao_de_lei.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1300/decreto_legislativo_no02_regulamenta_lei_complementar_no132.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1318/decreto_legislativo_no04_renumerar_e_republicar_emendas.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/decreto_legislativo_no05__titulo_de_cidadao_honorario.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/decreto_legislativo_no06_titulo_cidadao_honorario.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/resolucao__no01_comissoes_2025.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/resolucao__no_02_transferencia_de_bens.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/resolucao_no03_parlamento_jovem.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/resolucao_no04_comissoes_temporarias.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/resolucao__no_05_transferencia_de_bens.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/01.complementar_alteracaoescolaridade_111_2022.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/02._complementar_plano_de_educacao.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/03._complementar_codigo_de_obras_licenciamento_de_obra_na_agricultura.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/04._complementar_conselho_do_idoso.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/05._projeto_de_lei_complementar_regulamentacao_do_art.13-a_da_lei_organica_municipal.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/06._complementar_isencao_contribuicao_de_melhoria.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/07._refis_2025.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/08._alteracao_area_urbana_matricula_8.1785.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/projeto_de_lei_do_legislativo_n01_reajuste_dos_servidores.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/projeto_de_lei_do_legislativo_no02_documentoss.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1294/projeto_de_lei_do_legislativo_no03_conder.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1295/projeto_de_lei_do_legislativo_no04__isencao_de_taxa_para_doadores.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/projeto_de_lei_legislativo_no05_parlamento_jovem.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/projeto_de_lei_do_legislativo_no06_institui_o_selo_empresa_amiga.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/01._pl_-_revisao_servidores.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1287/02._pl_-_auxilio_alimentacao.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/projeto_de_lei_no03_apae.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1308/04._pl_fmdc.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/05._pl_alteracao_cressim.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/06._alteracao_conder.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/07._doacao_bombeiros_motobomba.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1349/08._projeto_de_lei_doacao_policia_civil.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/09._projeto_de_lei_patrocinio.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/10._projeto_de_lei_criando_dotacao_orcamentaria_especial_2.500.00001.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/11._projeto_de_lei_criando_dotacao_orcamentaria_emendas_estaduais_570.00000.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/12._temo_de_fomento_casa_familiar_rural_guaraciaba.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/13._criacao_do_fundo_do_idoso.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/14._doacao_terezinha_carteri.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/15._projeto_de_lei_doacao_linha_sao_paulo..doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/16._melhoramento_genetico_agricultura.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/17._tratamento_de_dejetos.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/18._ppa_2026_-_2029.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/19._balanca_bovina.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/20._readequacao_orcamentaria_da_camara.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/21._ldo_2026.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/22._repasse_cmeif.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/01._proposta_de_emenda_a_lei_organica.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/requerimento_no01_terreno_habitacao.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/requerimento_no02_ciclofaixa_bairro_cantu.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/requerimento_no03_sao_jose_e_sao_marcos.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/requerimento_no04_lixeiras.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/requerimento_no05_caravelhos.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/emenda_modificativa_do_projeto_de_lei_no04.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/emenda_modificativa_projeto_de_lei_complementar_no01.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1355/emenda.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/proposta_de_emenda_ao_projeto_de_lei_no14.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/05._proposta_de_emenda_ao_projeto_de_lei_no22.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/06._proposta_de_emenda_ao_projeto_de_lei_complementar_no07.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/07._proposta_de_emenda_ao_projeto_de_lei__no25.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1375/01._proposta_de_emenda_a_lei_organica.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/indicacao_no01_georreferenciamento.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_no02_melhoria_rede_eletrica_e_iluminacao.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/indicacao_no03_cemiterio.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/indicacao_no04_plantio_de_flores.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no05_brucelose_e_tuberculose_1.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no06_asfaltamento_rui_barbosa_2.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_no07_uniformes.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao_no08_lombada_e_rotatoria.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1367/indicacao_no09.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_no10_poda_de_galhos.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_n11_abrigo_de_passageiros.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_no12_refugio_e_abrigo.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_n13_lombada_xavantes.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_n14_academias_ao_ar_livre.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/mocao_apelo_no01.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1329/mocao_de_aplauso_no02_idosos.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1332/mocao_apelo_no03_casan.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1345/mocao_de_apelo_no04_trevo_sc.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/mocao_de_condolencias_no_05.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1357/mocao_apelo_no06_implantar_campus_da_uffs_no_extremo_oeste.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/mocao_de_apelo_no07_policia_militar.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/mocao_de_apelo_no08_policia_militar.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/mocao_de_aplausos_no09_projeto_catarinas_intinerantes.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/mocao_de_apelo_no10_pet-scan.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/mocao_de_apelo_no11_preco_do_leite.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/mocao_de_aplausos_no12_caravelhos.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/mocao_de_apoio_no13_convocacao_de_suplentes.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/mocao_de_apelo_no_14.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/mocao_de_aplausos_no_15_amor_a_vida_4.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_de_aplausos_no16_chape.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/mocao_de_apoio_no17_implantacao_de_hospital_universitario.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/mocao_de_aplausos_no_18_delmira.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/parecer_juridico_ao_projeto_de_lei_no09.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/parecer_juridico_ao_projeto_de_lei_do_legislativo_no06.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1288/projeto_de_decreto_legislativo_n01_renumeracao_de_lei.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1300/decreto_legislativo_no02_regulamenta_lei_complementar_no132.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1318/decreto_legislativo_no04_renumerar_e_republicar_emendas.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/decreto_legislativo_no05__titulo_de_cidadao_honorario.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/decreto_legislativo_no06_titulo_cidadao_honorario.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/decreto_legislativo_no07_renumerar_e_republicar_emendas_a_lei_organica.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/decreto_legislativo_no08_titulo_cidadao_honorario.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/resolucao__no01_comissoes_2025.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/resolucao__no_02_transferencia_de_bens.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/resolucao_no03_parlamento_jovem.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/resolucao_no04_comissoes_temporarias.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/resolucao__no_05_transferencia_de_bens.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/01.complementar_alteracaoescolaridade_111_2022.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/02._complementar_plano_de_educacao.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/03._complementar_codigo_de_obras_licenciamento_de_obra_na_agricultura.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/04._complementar_conselho_do_idoso.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/05._projeto_de_lei_complementar_regulamentacao_do_art.13-a_da_lei_organica_municipal.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/06._complementar_isencao_contribuicao_de_melhoria.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/07._refis_2025.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/08._alteracao_area_urbana_matricula_8.1785.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/09._projeto_de_lei_educacao.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/10._projeto_de_lei_educacao.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/11._projeto_de_lei_complementar_refis_novo.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/projeto_de_lei_do_legislativo_n01_reajuste_dos_servidores.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/projeto_de_lei_do_legislativo_no02_documentoss.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1294/projeto_de_lei_do_legislativo_no03_conder.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1295/projeto_de_lei_do_legislativo_no04__isencao_de_taxa_para_doadores.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/projeto_de_lei_legislativo_no05_parlamento_jovem.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/projeto_de_lei_do_legislativo_no06_institui_o_selo_empresa_amiga.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/01._pl_-_revisao_servidores.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1287/02._pl_-_auxilio_alimentacao.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/projeto_de_lei_no03_apae.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1308/04._pl_fmdc.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/05._pl_alteracao_cressim.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/06._alteracao_conder.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/07._doacao_bombeiros_motobomba.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1349/08._projeto_de_lei_doacao_policia_civil.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/09._projeto_de_lei_patrocinio.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/10._projeto_de_lei_criando_dotacao_orcamentaria_especial_2.500.00001.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/11._projeto_de_lei_criando_dotacao_orcamentaria_emendas_estaduais_570.00000.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/12._temo_de_fomento_casa_familiar_rural_guaraciaba.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/13._criacao_do_fundo_do_idoso.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/14._doacao_terezinha_carteri.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/15._projeto_de_lei_doacao_linha_sao_paulo..doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/16._melhoramento_genetico_agricultura.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/17._tratamento_de_dejetos.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/18._ppa_2026_-_2029.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/19._balanca_bovina.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/20._readequacao_orcamentaria_da_camara.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/21._ldo_2026.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/22._repasse_cmeif.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/23._projeto_de_lei_loa.2026.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/24._projeto_de_lei_educacao.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/25._projeto_de__lei_grac.2025.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/26._projeto_de__lei_alteracao_orcamentaria.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/27._lei_sistema_municpal_de_protecao_da_defesa_civil.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/28._altera_artigos_lei_1.791.2025.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/29._criacao_do_fumtur.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/01._proposta_de_emenda_a_lei_organica.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/requerimento_no01_terreno_habitacao.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/requerimento_no02_ciclofaixa_bairro_cantu.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/requerimento_no03_sao_jose_e_sao_marcos.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/requerimento_no04_lixeiras.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.anchieta.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/requerimento_no05_caravelhos.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H88"/>
+  <dimension ref="A1:H107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="158.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -1540,2172 +1732,2660 @@
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="F7" t="s">
+      <c r="H7" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
         <v>42</v>
       </c>
-      <c r="B8" t="s">
-[...5 lines deleted...]
-      <c r="D8" t="s">
+      <c r="G8" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>44</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>46</v>
+      </c>
+      <c r="E9" t="s">
         <v>47</v>
-      </c>
-[...10 lines deleted...]
-        <v>44</v>
       </c>
       <c r="F9" t="s">
         <v>48</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>51</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="E10" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="F10" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D11" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="E11" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="F11" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="H11" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="D12" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="E12" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="F12" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="H12" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="E13" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="F13" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H13" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>67</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14" t="s">
+        <v>53</v>
+      </c>
+      <c r="F14" t="s">
         <v>68</v>
-      </c>
-[...7 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>69</v>
       </c>
       <c r="H14" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>71</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>52</v>
+      </c>
+      <c r="E15" t="s">
+        <v>53</v>
+      </c>
+      <c r="F15" t="s">
         <v>72</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H15" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>75</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" t="s">
+        <v>53</v>
+      </c>
+      <c r="F16" t="s">
+        <v>61</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="D16" t="s">
-[...8 lines deleted...]
-      <c r="G16" s="1" t="s">
+      <c r="H16" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
         <v>79</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
+      <c r="E17" t="s">
+        <v>53</v>
+      </c>
+      <c r="F17" t="s">
+        <v>28</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="G17" s="1" t="s">
+      <c r="H17" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>82</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
         <v>83</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" t="s">
+        <v>68</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="G18" s="1" t="s">
+      <c r="H18" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
         <v>87</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" t="s">
+        <v>53</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="D19" t="s">
-[...8 lines deleted...]
-      <c r="G19" s="1" t="s">
+      <c r="H19" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>91</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F20" t="s">
+        <v>61</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="D20" t="s">
-[...8 lines deleted...]
-      <c r="G20" s="1" t="s">
+      <c r="H20" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>94</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
         <v>95</v>
       </c>
-      <c r="B21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21" t="s">
+        <v>52</v>
+      </c>
+      <c r="E21" t="s">
+        <v>53</v>
+      </c>
+      <c r="F21" t="s">
+        <v>61</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>97</v>
-      </c>
-[...7 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>98</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" t="s">
+        <v>52</v>
+      </c>
+      <c r="E22" t="s">
+        <v>53</v>
+      </c>
+      <c r="F22" t="s">
+        <v>28</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="B22" t="s">
-[...14 lines deleted...]
-      <c r="G22" s="1" t="s">
+      <c r="H22" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
         <v>103</v>
       </c>
-      <c r="B23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>96</v>
+        <v>52</v>
       </c>
       <c r="E23" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="F23" t="s">
-        <v>18</v>
+        <v>104</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H23" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="E24" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="F24" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="H24" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>17</v>
+      </c>
+      <c r="D25" t="s">
+        <v>108</v>
+      </c>
+      <c r="E25" t="s">
         <v>109</v>
       </c>
-      <c r="B25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F25" t="s">
-        <v>110</v>
+        <v>61</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="H25" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="D26" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="E26" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="F26" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="H26" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>68</v>
+        <v>27</v>
       </c>
       <c r="D27" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="E27" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="F27" t="s">
-        <v>52</v>
+        <v>72</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="H27" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>72</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="E28" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="F28" t="s">
-        <v>52</v>
+        <v>122</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="H28" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>76</v>
+        <v>37</v>
       </c>
       <c r="D29" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="E29" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="F29" t="s">
         <v>28</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H29" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>80</v>
+        <v>41</v>
       </c>
       <c r="D30" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="E30" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="F30" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="H30" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="D31" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="E31" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="F31" t="s">
-        <v>129</v>
+        <v>61</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="H31" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D32" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="E32" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="F32" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="H32" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="D33" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="E33" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="F33" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="H33" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>139</v>
+        <v>91</v>
       </c>
       <c r="D34" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="E34" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="F34" t="s">
-        <v>28</v>
+        <v>141</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="H34" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>10</v>
+        <v>95</v>
       </c>
       <c r="D35" t="s">
-        <v>143</v>
+        <v>108</v>
       </c>
       <c r="E35" t="s">
-        <v>144</v>
+        <v>109</v>
       </c>
       <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="G35" s="1" t="s">
+      <c r="H35" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>147</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>99</v>
+      </c>
+      <c r="D36" t="s">
+        <v>108</v>
+      </c>
+      <c r="E36" t="s">
+        <v>109</v>
+      </c>
+      <c r="F36" t="s">
+        <v>61</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="B36" t="s">
-[...14 lines deleted...]
-      <c r="G36" s="1" t="s">
+      <c r="H36" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>150</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>103</v>
+      </c>
+      <c r="D37" t="s">
+        <v>108</v>
+      </c>
+      <c r="E37" t="s">
+        <v>109</v>
+      </c>
+      <c r="F37" t="s">
+        <v>28</v>
+      </c>
+      <c r="G37" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="B37" t="s">
-[...5 lines deleted...]
-      <c r="D37" t="s">
+      <c r="H37" t="s">
         <v>152</v>
-      </c>
-[...10 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>153</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>154</v>
+      </c>
+      <c r="D38" t="s">
+        <v>108</v>
+      </c>
+      <c r="E38" t="s">
+        <v>109</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H38" t="s">
         <v>156</v>
-      </c>
-[...19 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>157</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>158</v>
+      </c>
+      <c r="D39" t="s">
+        <v>108</v>
+      </c>
+      <c r="E39" t="s">
+        <v>109</v>
+      </c>
+      <c r="F39" t="s">
+        <v>122</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="B39" t="s">
-[...14 lines deleted...]
-      <c r="G39" s="1" t="s">
+      <c r="H39" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>161</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
         <v>162</v>
       </c>
-      <c r="B40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>152</v>
+        <v>108</v>
       </c>
       <c r="E40" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H40" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>165</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>63</v>
+        <v>166</v>
       </c>
       <c r="D41" t="s">
-        <v>152</v>
+        <v>108</v>
       </c>
       <c r="E41" t="s">
-        <v>153</v>
+        <v>109</v>
       </c>
       <c r="F41" t="s">
-        <v>52</v>
+        <v>104</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H41" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E42" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F42" t="s">
-        <v>110</v>
+        <v>172</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="H42" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>17</v>
       </c>
       <c r="D43" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E43" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F43" t="s">
-        <v>110</v>
+        <v>172</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H43" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="E44" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="F44" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="H44" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>183</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>17</v>
+      </c>
+      <c r="D45" t="s">
         <v>179</v>
       </c>
-      <c r="B45" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E45" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="F45" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="H45" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D46" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="E46" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="F46" t="s">
-        <v>39</v>
+        <v>122</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="H46" t="s">
-        <v>175</v>
+        <v>188</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="D47" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="E47" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="F47" t="s">
-        <v>187</v>
+        <v>61</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="H47" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="D48" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="E48" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="F48" t="s">
-        <v>187</v>
+        <v>61</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="H48" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="D49" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="E49" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="F49" t="s">
-        <v>187</v>
+        <v>122</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="H49" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
       <c r="D50" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="E50" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="F50" t="s">
-        <v>187</v>
+        <v>61</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="H50" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>185</v>
+        <v>202</v>
       </c>
       <c r="E51" t="s">
-        <v>186</v>
+        <v>203</v>
       </c>
       <c r="F51" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="H51" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>206</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>17</v>
+      </c>
+      <c r="D52" t="s">
         <v>202</v>
       </c>
-      <c r="B52" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E52" t="s">
-        <v>186</v>
+        <v>203</v>
       </c>
       <c r="F52" t="s">
-        <v>187</v>
+        <v>122</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="H52" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="D53" t="s">
-        <v>185</v>
+        <v>202</v>
       </c>
       <c r="E53" t="s">
-        <v>186</v>
+        <v>203</v>
       </c>
       <c r="F53" t="s">
-        <v>187</v>
+        <v>122</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="H53" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="D54" t="s">
-        <v>185</v>
+        <v>202</v>
       </c>
       <c r="E54" t="s">
-        <v>186</v>
+        <v>203</v>
       </c>
       <c r="F54" t="s">
-        <v>187</v>
+        <v>122</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="H54" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="D55" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="E55" t="s">
-        <v>213</v>
+        <v>203</v>
       </c>
       <c r="F55" t="s">
-        <v>110</v>
+        <v>48</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="H55" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="E56" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="F56" t="s">
-        <v>110</v>
+        <v>220</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="H56" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>223</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>17</v>
+      </c>
+      <c r="D57" t="s">
+        <v>218</v>
+      </c>
+      <c r="E57" t="s">
         <v>219</v>
       </c>
-      <c r="B57" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F57" t="s">
-        <v>110</v>
+        <v>220</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="H57" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D58" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="E58" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="F58" t="s">
-        <v>18</v>
+        <v>220</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="H58" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D59" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="E59" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="F59" t="s">
-        <v>110</v>
+        <v>220</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="H59" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="D60" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="E60" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="F60" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="H60" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D61" t="s">
-        <v>232</v>
+        <v>218</v>
       </c>
       <c r="E61" t="s">
-        <v>233</v>
+        <v>219</v>
       </c>
       <c r="F61" t="s">
-        <v>187</v>
+        <v>220</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="H61" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D62" t="s">
-        <v>232</v>
+        <v>218</v>
       </c>
       <c r="E62" t="s">
-        <v>233</v>
+        <v>219</v>
       </c>
       <c r="F62" t="s">
-        <v>187</v>
+        <v>220</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H62" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
       <c r="D63" t="s">
-        <v>232</v>
+        <v>218</v>
       </c>
       <c r="E63" t="s">
-        <v>233</v>
+        <v>219</v>
       </c>
       <c r="F63" t="s">
-        <v>187</v>
+        <v>220</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H63" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>27</v>
+        <v>83</v>
       </c>
       <c r="D64" t="s">
-        <v>232</v>
+        <v>218</v>
       </c>
       <c r="E64" t="s">
-        <v>233</v>
+        <v>219</v>
       </c>
       <c r="F64" t="s">
-        <v>187</v>
+        <v>220</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="H64" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>32</v>
+        <v>87</v>
       </c>
       <c r="D65" t="s">
-        <v>232</v>
+        <v>218</v>
       </c>
       <c r="E65" t="s">
-        <v>233</v>
+        <v>219</v>
       </c>
       <c r="F65" t="s">
-        <v>187</v>
+        <v>220</v>
       </c>
       <c r="G65" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="H65" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="D66" t="s">
-        <v>232</v>
+        <v>218</v>
       </c>
       <c r="E66" t="s">
-        <v>233</v>
+        <v>219</v>
       </c>
       <c r="F66" t="s">
-        <v>187</v>
+        <v>220</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H66" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>232</v>
+        <v>253</v>
       </c>
       <c r="E67" t="s">
-        <v>233</v>
+        <v>254</v>
       </c>
       <c r="F67" t="s">
-        <v>187</v>
+        <v>122</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="H67" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>257</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>17</v>
+      </c>
+      <c r="D68" t="s">
+        <v>253</v>
+      </c>
+      <c r="E68" t="s">
         <v>254</v>
       </c>
-      <c r="B68" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F68" t="s">
-        <v>187</v>
+        <v>122</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="H68" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="D69" t="s">
-        <v>232</v>
+        <v>253</v>
       </c>
       <c r="E69" t="s">
-        <v>233</v>
+        <v>254</v>
       </c>
       <c r="F69" t="s">
-        <v>187</v>
+        <v>122</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="H69" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="D70" t="s">
-        <v>232</v>
+        <v>253</v>
       </c>
       <c r="E70" t="s">
-        <v>233</v>
+        <v>254</v>
       </c>
       <c r="F70" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="H70" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="D71" t="s">
-        <v>232</v>
+        <v>253</v>
       </c>
       <c r="E71" t="s">
-        <v>233</v>
+        <v>254</v>
       </c>
       <c r="F71" t="s">
-        <v>187</v>
+        <v>122</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="H71" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="D72" t="s">
-        <v>232</v>
+        <v>253</v>
       </c>
       <c r="E72" t="s">
-        <v>233</v>
+        <v>254</v>
       </c>
       <c r="F72" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="H72" t="s">
-        <v>241</v>
+        <v>271</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>92</v>
+        <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>232</v>
+        <v>273</v>
       </c>
       <c r="E73" t="s">
-        <v>233</v>
+        <v>274</v>
       </c>
       <c r="F73" t="s">
-        <v>187</v>
+        <v>220</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="H73" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>139</v>
+        <v>17</v>
       </c>
       <c r="D74" t="s">
-        <v>232</v>
+        <v>273</v>
       </c>
       <c r="E74" t="s">
-        <v>233</v>
+        <v>274</v>
       </c>
       <c r="F74" t="s">
-        <v>187</v>
+        <v>220</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="H74" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>280</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>22</v>
+      </c>
+      <c r="D75" t="s">
+        <v>273</v>
+      </c>
+      <c r="E75" t="s">
         <v>274</v>
       </c>
-      <c r="B75" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F75" t="s">
-        <v>187</v>
+        <v>220</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="H75" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>279</v>
+        <v>27</v>
       </c>
       <c r="D76" t="s">
-        <v>232</v>
+        <v>273</v>
       </c>
       <c r="E76" t="s">
-        <v>233</v>
+        <v>274</v>
       </c>
       <c r="F76" t="s">
-        <v>187</v>
+        <v>220</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="H76" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>283</v>
+        <v>32</v>
       </c>
       <c r="D77" t="s">
-        <v>232</v>
+        <v>273</v>
       </c>
       <c r="E77" t="s">
-        <v>233</v>
+        <v>274</v>
       </c>
       <c r="F77" t="s">
-        <v>187</v>
+        <v>220</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="H77" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>287</v>
+        <v>37</v>
       </c>
       <c r="D78" t="s">
-        <v>232</v>
+        <v>273</v>
       </c>
       <c r="E78" t="s">
-        <v>233</v>
+        <v>274</v>
       </c>
       <c r="F78" t="s">
-        <v>187</v>
+        <v>220</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="H78" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>291</v>
+        <v>41</v>
       </c>
       <c r="D79" t="s">
-        <v>232</v>
+        <v>273</v>
       </c>
       <c r="E79" t="s">
-        <v>233</v>
+        <v>274</v>
       </c>
       <c r="F79" t="s">
-        <v>187</v>
+        <v>220</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H79" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>295</v>
+        <v>79</v>
       </c>
       <c r="D80" t="s">
-        <v>232</v>
+        <v>273</v>
       </c>
       <c r="E80" t="s">
-        <v>233</v>
+        <v>274</v>
       </c>
       <c r="F80" t="s">
-        <v>187</v>
+        <v>220</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>296</v>
       </c>
       <c r="H80" t="s">
-        <v>262</v>
+        <v>297</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>298</v>
+        <v>83</v>
       </c>
       <c r="D81" t="s">
-        <v>232</v>
+        <v>273</v>
       </c>
       <c r="E81" t="s">
-        <v>233</v>
+        <v>274</v>
       </c>
       <c r="F81" t="s">
-        <v>187</v>
+        <v>220</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>299</v>
       </c>
       <c r="H81" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>301</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
+        <v>87</v>
+      </c>
+      <c r="D82" t="s">
+        <v>273</v>
+      </c>
+      <c r="E82" t="s">
+        <v>274</v>
+      </c>
+      <c r="F82" t="s">
+        <v>220</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="D82" t="s">
-[...8 lines deleted...]
-      <c r="G82" s="1" t="s">
+      <c r="H82" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>304</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>91</v>
+      </c>
+      <c r="D83" t="s">
+        <v>273</v>
+      </c>
+      <c r="E83" t="s">
+        <v>274</v>
+      </c>
+      <c r="F83" t="s">
+        <v>220</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="B83" t="s">
-[...5 lines deleted...]
-      <c r="D83" t="s">
+      <c r="H83" t="s">
         <v>306</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>10</v>
+        <v>95</v>
       </c>
       <c r="D84" t="s">
-        <v>310</v>
+        <v>273</v>
       </c>
       <c r="E84" t="s">
-        <v>311</v>
+        <v>274</v>
       </c>
       <c r="F84" t="s">
-        <v>18</v>
+        <v>220</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="H84" t="s">
-        <v>313</v>
+        <v>282</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="D85" t="s">
+        <v>273</v>
+      </c>
+      <c r="E85" t="s">
+        <v>274</v>
+      </c>
+      <c r="F85" t="s">
+        <v>220</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="E85" t="s">
+      <c r="H85" t="s">
         <v>311</v>
-      </c>
-[...7 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>22</v>
+        <v>103</v>
       </c>
       <c r="D86" t="s">
-        <v>310</v>
+        <v>273</v>
       </c>
       <c r="E86" t="s">
-        <v>311</v>
+        <v>274</v>
       </c>
       <c r="F86" t="s">
-        <v>48</v>
+        <v>220</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="H86" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>27</v>
+        <v>154</v>
       </c>
       <c r="D87" t="s">
-        <v>310</v>
+        <v>273</v>
       </c>
       <c r="E87" t="s">
-        <v>311</v>
+        <v>274</v>
       </c>
       <c r="F87" t="s">
-        <v>18</v>
+        <v>220</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="H87" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>318</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>158</v>
+      </c>
+      <c r="D88" t="s">
+        <v>273</v>
+      </c>
+      <c r="E88" t="s">
+        <v>274</v>
+      </c>
+      <c r="F88" t="s">
+        <v>220</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="H88" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>321</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>162</v>
+      </c>
+      <c r="D89" t="s">
+        <v>273</v>
+      </c>
+      <c r="E89" t="s">
+        <v>274</v>
+      </c>
+      <c r="F89" t="s">
+        <v>220</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="H89" t="s">
         <v>323</v>
       </c>
-      <c r="B88" t="s">
-[...2 lines deleted...]
-      <c r="C88" t="s">
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>324</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>166</v>
+      </c>
+      <c r="D90" t="s">
+        <v>273</v>
+      </c>
+      <c r="E90" t="s">
+        <v>274</v>
+      </c>
+      <c r="F90" t="s">
+        <v>220</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="H90" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>327</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>328</v>
+      </c>
+      <c r="D91" t="s">
+        <v>273</v>
+      </c>
+      <c r="E91" t="s">
+        <v>274</v>
+      </c>
+      <c r="F91" t="s">
+        <v>220</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H91" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>331</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>332</v>
+      </c>
+      <c r="D92" t="s">
+        <v>273</v>
+      </c>
+      <c r="E92" t="s">
+        <v>274</v>
+      </c>
+      <c r="F92" t="s">
+        <v>220</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="H92" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>334</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>335</v>
+      </c>
+      <c r="D93" t="s">
+        <v>273</v>
+      </c>
+      <c r="E93" t="s">
+        <v>274</v>
+      </c>
+      <c r="F93" t="s">
+        <v>220</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H93" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>338</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>339</v>
+      </c>
+      <c r="D94" t="s">
+        <v>273</v>
+      </c>
+      <c r="E94" t="s">
+        <v>274</v>
+      </c>
+      <c r="F94" t="s">
+        <v>220</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H94" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>342</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>343</v>
+      </c>
+      <c r="D95" t="s">
+        <v>273</v>
+      </c>
+      <c r="E95" t="s">
+        <v>274</v>
+      </c>
+      <c r="F95" t="s">
+        <v>220</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H95" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>346</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>347</v>
+      </c>
+      <c r="D96" t="s">
+        <v>273</v>
+      </c>
+      <c r="E96" t="s">
+        <v>274</v>
+      </c>
+      <c r="F96" t="s">
+        <v>220</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H96" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>349</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>350</v>
+      </c>
+      <c r="D97" t="s">
+        <v>273</v>
+      </c>
+      <c r="E97" t="s">
+        <v>274</v>
+      </c>
+      <c r="F97" t="s">
+        <v>220</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="H97" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>353</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>354</v>
+      </c>
+      <c r="D98" t="s">
+        <v>273</v>
+      </c>
+      <c r="E98" t="s">
+        <v>274</v>
+      </c>
+      <c r="F98" t="s">
+        <v>220</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H98" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>357</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>358</v>
+      </c>
+      <c r="D99" t="s">
+        <v>273</v>
+      </c>
+      <c r="E99" t="s">
+        <v>274</v>
+      </c>
+      <c r="F99" t="s">
+        <v>220</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H99" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>361</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>362</v>
+      </c>
+      <c r="D100" t="s">
+        <v>273</v>
+      </c>
+      <c r="E100" t="s">
+        <v>274</v>
+      </c>
+      <c r="F100" t="s">
+        <v>220</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="H100" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>365</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>366</v>
+      </c>
+      <c r="D101" t="s">
+        <v>273</v>
+      </c>
+      <c r="E101" t="s">
+        <v>274</v>
+      </c>
+      <c r="F101" t="s">
+        <v>220</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="H101" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>369</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>10</v>
+      </c>
+      <c r="D102" t="s">
+        <v>370</v>
+      </c>
+      <c r="E102" t="s">
+        <v>371</v>
+      </c>
+      <c r="F102" t="s">
+        <v>48</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="H102" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>373</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>10</v>
+      </c>
+      <c r="D103" t="s">
+        <v>374</v>
+      </c>
+      <c r="E103" t="s">
+        <v>375</v>
+      </c>
+      <c r="F103" t="s">
+        <v>18</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="H103" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>378</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>17</v>
+      </c>
+      <c r="D104" t="s">
+        <v>374</v>
+      </c>
+      <c r="E104" t="s">
+        <v>375</v>
+      </c>
+      <c r="F104" t="s">
+        <v>61</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="H104" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>381</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>22</v>
+      </c>
+      <c r="D105" t="s">
+        <v>374</v>
+      </c>
+      <c r="E105" t="s">
+        <v>375</v>
+      </c>
+      <c r="F105" t="s">
+        <v>57</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="H105" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>384</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>27</v>
+      </c>
+      <c r="D106" t="s">
+        <v>374</v>
+      </c>
+      <c r="E106" t="s">
+        <v>375</v>
+      </c>
+      <c r="F106" t="s">
+        <v>18</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="H106" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>387</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
         <v>32</v>
       </c>
-      <c r="D88" t="s">
-[...12 lines deleted...]
-        <v>325</v>
+      <c r="D107" t="s">
+        <v>374</v>
+      </c>
+      <c r="E107" t="s">
+        <v>375</v>
+      </c>
+      <c r="F107" t="s">
+        <v>61</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="H107" t="s">
+        <v>389</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3753,50 +4433,69 @@
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
     <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>